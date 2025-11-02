--- v0 (2025-10-08)
+++ v1 (2025-11-02)
@@ -1,5838 +1,1949 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="xml" ContentType="application/xml"/>
-[...21 lines deleted...]
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Default ContentType="application/xml" Extension="xml"/>
+  <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
-[...1 lines deleted...]
-
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" mc:Ignorable="w14">
+<w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
-    <w:p>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4251.968503937007" w:right="-182" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
-          <w:bCs w:val="1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...6 lines deleted...]
-        <w:ind w:firstLine="595"/>
+      <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_2leql2gqpx88" w:id="0"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приложение №2 к Регламенту</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:color="000000" w:space="0" w:sz="0" w:val="none"/>
+          <w:left w:color="000000" w:space="0" w:sz="0" w:val="none"/>
+          <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="none"/>
+          <w:right w:color="000000" w:space="0" w:sz="0" w:val="none"/>
+          <w:between w:color="000000" w:space="0" w:sz="0" w:val="none"/>
+        </w:pBdr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4251.968503937007" w:right="-465" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кубок России по интерактивному футболу 2025 года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4251.968503937007" w:right="-466" w:firstLine="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4251.968503937007" w:right="-465" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Общероссийской общественной организации спортивной федерации по футболу «Российский футбольный союз»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4251.968503937007" w:right="-465" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Российская Федерация, 119992, г. Москва, Лужнецкая наб., д.8, стр.1; ОГРН 1037700085026)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4251.968503937007" w:right="-466" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_____________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4251.968503937007" w:right="-466" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_____</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4251.968503937007" w:right="-466" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
-[...1 lines deleted...]
-          <w:bCs w:val="1"/>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="1"/>
-          <w:iCs w:val="1"/>
-[...14 lines deleted...]
-          <w:bCs w:val="1"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="1"/>
-          <w:iCs w:val="1"/>
-[...837 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(фамилия, имя, отчество (при наличии) полностью)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000009">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4251.968503937007" w:right="-466" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Адрес регистрации:  ________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4251.968503937007" w:right="-466" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">__________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4251.968503937007" w:right="-466" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">__________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000C">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4251.968503937007" w:right="-466" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Телефон:  _________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4251.968503937007" w:right="-466" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Адрес электронной почты:___________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4251.968503937007" w:right="-466" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Паспорт серия __________________ № ________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4251.968503937007" w:right="-466" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">выдан_____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000010">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4251.968503937007" w:right="-466" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">__________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4251.968503937007" w:right="-465" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="1"/>
-          <w:iCs w:val="1"/>
-[...15 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="1"/>
-          <w:iCs w:val="1"/>
-[...3536 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(сведения о дате выдачи документа и выдавшем его органе, код подразделения)</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9345" w:type="dxa"/>
+        <w:tblStyle w:val="Table1"/>
+        <w:tblW w:w="10460.0" w:type="dxa"/>
         <w:jc w:val="left"/>
-        <w:tblInd w:w="108" w:type="dxa"/>
-[...8 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="ced7e7"/>
         <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0400"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4672"/>
-        <w:gridCol w:w="4673"/>
+        <w:gridCol w:w="10460"/>
+        <w:tblGridChange w:id="0">
+          <w:tblGrid>
+            <w:gridCol w:w="10460"/>
+          </w:tblGrid>
+        </w:tblGridChange>
       </w:tblGrid>
       <w:tr>
-        <w:tblPrEx>
-[...1 lines deleted...]
-        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="1330" w:hRule="atLeast"/>
+          <w:cantSplit w:val="1"/>
+          <w:trHeight w:val="198" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="4672"/>
-[...13 lines deleted...]
-            <w:vAlign w:val="top"/>
+            <w:shd w:fill="auto" w:val="clear"/>
+            <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000012">
             <w:pPr>
-              <w:pStyle w:val="Normal.0"/>
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="566" w:right="710" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:shd w:val="nil" w:color="auto" w:fill="auto"/>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
                 <w:rtl w:val="0"/>
-                <w:lang w:val="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>Я подтверждаю</w:t>
+              </w:rPr>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-                <w:shd w:val="nil" w:color="auto" w:fill="auto"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000013">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-466" w:firstLine="425"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">СОГЛАСИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000014">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-466" w:firstLine="425"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на обработку персональных данных, разрешенных субъектом персональных данных для распространения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-466" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_z5a338abuscd" w:id="1"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Я, _______________________________________________________________________________________,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000016">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-466" w:firstLine="425"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i w:val="1"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(фамилия, имя, отчество (при наличии) полностью)</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000017">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-466" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в соответствии с пунктом 5 части 1 статьи 3, пунктом 4 статьи 9, статьей 10.1 Федерального закона от 27 июля 2006 года № 152-ФЗ «О персональных данных» даю согласие Общероссийской общественной организации спортивной федерации по футболу «Российский футбольный союз» (далее – «РФС») на распространение следующих моих персональных данных:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Table2"/>
+        <w:tblW w:w="9480.0" w:type="dxa"/>
+        <w:jc w:val="left"/>
+        <w:tblBorders>
+          <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+          <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+          <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+          <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+          <w:insideH w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+          <w:insideV w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0400"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2550"/>
+        <w:gridCol w:w="2685"/>
+        <w:gridCol w:w="2280"/>
+        <w:gridCol w:w="1965"/>
+        <w:tblGridChange w:id="0">
+          <w:tblGrid>
+            <w:gridCol w:w="2550"/>
+            <w:gridCol w:w="2685"/>
+            <w:gridCol w:w="2280"/>
+            <w:gridCol w:w="1965"/>
+          </w:tblGrid>
+        </w:tblGridChange>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:shd w:fill="auto" w:val="clear"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000018">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-99" w:hanging="1.1811023622044559"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
                 <w:rtl w:val="0"/>
-                <w:lang w:val="ru-RU"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">, </w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">Категория </w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-                <w:shd w:val="nil" w:color="auto" w:fill="auto"/>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000019">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-99" w:hanging="1.1811023622044559"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
                 <w:rtl w:val="0"/>
-                <w:lang w:val="ru-RU"/>
-[...10 lines deleted...]
-              <w:t>.</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">персональных данных</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="4673"/>
-[...13 lines deleted...]
-            <w:vAlign w:val="top"/>
+            <w:shd w:fill="auto" w:val="clear"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001A">
             <w:pPr>
-              <w:pStyle w:val="Normal.0"/>
-[...8 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-106" w:hanging="1.1811023622044559"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...12 lines deleted...]
-                <w:shd w:val="nil" w:color="auto" w:fill="auto"/>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
-            </w:pPr>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Перечень </w:t>
             </w:r>
           </w:p>
-          <w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
             <w:pPr>
-              <w:pStyle w:val="Normal.0"/>
-[...3 lines deleted...]
-              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-106" w:hanging="1.1811023622044559"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
+              <w:t xml:space="preserve">персональных данных</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:shd w:fill="auto" w:val="clear"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-85" w:hanging="1.1811023622044559"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-                <w:shd w:val="nil" w:color="auto" w:fill="auto"/>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
                 <w:rtl w:val="0"/>
-                <w:lang w:val="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>✔</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">Разрешение </w:t>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-                <w:shd w:val="nil" w:color="auto" w:fill="auto"/>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001D">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-85" w:hanging="1.1811023622044559"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
                 <w:rtl w:val="0"/>
-                <w:lang w:val="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>️</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">к распространению </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001E">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-85" w:hanging="1.1811023622044559"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(да/нет)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:shd w:fill="auto" w:val="clear"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001F">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="24" w:hanging="1.1811023622044559"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Условия и запреты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="480" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:shd w:fill="auto" w:val="clear"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000020">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-99" w:hanging="1.1811023622044559"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Персональные данные</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:shd w:fill="auto" w:val="clear"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000021">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-106" w:hanging="1.1811023622044559"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Фамилия, имя, отчество </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000022">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-106" w:hanging="1.1811023622044559"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(при наличии), пол, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000023">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-106" w:hanging="1.1811023622044559"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">дата рождения</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:shd w:fill="auto" w:val="clear"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000024">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-85" w:hanging="1.1811023622044559"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:shd w:fill="auto" w:val="clear"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000025">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="24" w:hanging="1.1811023622044559"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="240" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:shd w:fill="auto" w:val="clear"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000026">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-99" w:hanging="1.1811023622044559"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Биометрические персональные данные</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:shd w:fill="auto" w:val="clear"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000027">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-106" w:hanging="1.1811023622044559"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Фотографические </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000028">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-106" w:hanging="1.1811023622044559"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">изображения, видео</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:shd w:fill="auto" w:val="clear"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000029">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-85" w:hanging="1.1811023622044559"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:shd w:fill="auto" w:val="clear"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002A">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="24" w:hanging="1.1811023622044559"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...295 lines deleted...]
-        <w:t xml:space="preserve">*                    </w:t>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="566" w:right="710" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002C">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-466" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с целью предоставления доступа к ним неопределенному кругу лиц путем их размещения на следующих </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="566" w:right="-466"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">интернет - ресурсах:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="566" w:right="-466"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-466" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- официальный сайт РФС </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6">
+        <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:color w:val="0000ff"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:rtl w:val="0"/>
+          </w:rPr>
+          <w:t xml:space="preserve">https://www.rfs.ru/</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, официальный сайт ФКС России: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7">
+        <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:color w:val="0000ff"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:rtl w:val="0"/>
+          </w:rPr>
+          <w:t xml:space="preserve">https://resf.ru/</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, трансляции </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000030">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="566" w:right="-466"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кубка на сайтах vk.com и twitch.com, а также в Telegram.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000031">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="566" w:right="-466"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000032">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-466" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Настоящее Согласие действует со дня его подписания до достижения целей обработки персональных данных или в течение срока хранения информации, установленного законодательством Российской Федерации. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000033">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-466" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Настоящее Согласие может быть отозвано в любой момент по моему письменному заявлению.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000034">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-466" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Я подтверждаю, что, давая настоящее Согласие, я действую по собственной воле в своих интересах. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000035">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="566" w:right="710" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000036">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-466" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «    »                          20      г.</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                       </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                             </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000037">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-749" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i w:val="1"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                  </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i w:val="1"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   (дата)                                                              подпись                              (инициалы, фамилия – указать собственную) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000038">
+      <w:pPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
       </w:r>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="default" r:id="rId4"/>
-[...4 lines deleted...]
-      <w:pgMar w:top="798" w:right="707" w:bottom="1134" w:left="1134" w:header="0" w:footer="310"/>
+      <w:pgSz w:h="16834" w:w="11909" w:orient="portrait"/>
+      <w:pgMar w:bottom="1440" w:top="1440" w:left="1440" w:right="1440" w:header="720" w:footer="720"/>
       <w:pgNumType w:start="1"/>
-      <w:titlePg w:val="1"/>
-      <w:bidi w:val="0"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-[...34 lines deleted...]
-  </w:font>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:font w:name="Arial"/>
+  <w:font w:name="Times New Roman"/>
 </w:fonts>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...143 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office">
-[...248 lines deleted...]
-</w:numbering>
+<w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-[...5 lines deleted...]
-  <w:revisionView w:markup="1" w:comments="1" w:insDel="1" w:formatting="0"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:defaultTabStop w:val="720"/>
-  <w:autoHyphenation w:val="0"/>
-[...3 lines deleted...]
-  <w:noLineBreaksBefore w:lang="русский" w:val="’”)〕]}〉"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Arial Unicode MS"/>
-[...22 lines deleted...]
-        <w:lang/>
+        <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:keepNext w:val="0"/>
-[...22 lines deleted...]
-        <w:outlineLvl w:val="9"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
-    <w:name w:val="Normal"/>
+  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
+    <w:name w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="100.0" w:type="dxa"/>
+        <w:left w:w="100.0" w:type="dxa"/>
+        <w:bottom w:w="100.0" w:type="dxa"/>
+        <w:right w:w="100.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+    <w:name w:val="normal"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:pPr/>
+    <w:pPr>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:spacing w:after="120" w:before="400" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:pPr>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:spacing w:after="120" w:before="360" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b w:val="0"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:pPr>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:spacing w:after="80" w:before="320" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b w:val="0"/>
+      <w:color w:val="434343"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:pPr>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="666666"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Default Paragraph Font">
-[...4 lines deleted...]
-    <w:name w:val="Hyperlink"/>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:pPr>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:u w:val="single"/>
+      <w:color w:val="666666"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Table Normal">
-[...28 lines deleted...]
-    <w:next w:val="Колонтитулы"/>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:pPr>
-      <w:keepNext w:val="0"/>
-      <w:keepLines w:val="0"/>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
-      <w:widowControl w:val="1"/>
-[...9 lines deleted...]
-      <w:outlineLvl w:val="9"/>
+      <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Helvetica Neue" w:cs="Arial Unicode MS" w:hAnsi="Helvetica Neue" w:eastAsia="Arial Unicode MS"/>
-[...25 lines deleted...]
-      </w14:textFill>
+      <w:i w:val="1"/>
+      <w:color w:val="666666"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal.0">
-[...1 lines deleted...]
-    <w:next w:val="Normal.0"/>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:pPr>
-      <w:keepNext w:val="0"/>
-      <w:keepLines w:val="0"/>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
-      <w:widowControl w:val="0"/>
-[...6 lines deleted...]
-      <w:outlineLvl w:val="9"/>
+      <w:spacing w:after="60" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arimo" w:cs="Arimo" w:hAnsi="Arimo" w:eastAsia="Arimo"/>
-[...23 lines deleted...]
-      </w14:textFill>
+      <w:sz w:val="52"/>
+      <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="Импортированный стиль 1">
-    <w:name w:val="Импортированный стиль 1"/>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:pPr>
-      <w:numPr>
-[...1 lines deleted...]
-      </w:numPr>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:spacing w:after="320" w:before="0" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      <w:i w:val="0"/>
+      <w:color w:val="666666"/>
+      <w:sz w:val="30"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Table1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:top w:w="0.0" w:type="dxa"/>
+        <w:left w:w="0.0" w:type="dxa"/>
+        <w:bottom w:w="0.0" w:type="dxa"/>
+        <w:right w:w="0.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Table2">
+    <w:basedOn w:val="TableNormal"/>
+    <w:rPr>
+      <w:color w:val="404040"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:top w:w="0.0" w:type="dxa"/>
+        <w:left w:w="115.0" w:type="dxa"/>
+        <w:bottom w:w="0.0" w:type="dxa"/>
+        <w:right w:w="115.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:fill="fac090" w:val="clear"/>
+    </w:tcPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8"?>
-[...1 lines deleted...]
-
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rfs.ru/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resf.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Office Theme">
+    <a:clrScheme name="Office">
       <a:dk1>
-        <a:srgbClr val="000000"/>
+        <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
-        <a:srgbClr val="FFFFFF"/>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="A7A7A7"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="535353"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="FF00FF"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office Theme">
+    <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Helvetica Neue"/>
-[...1 lines deleted...]
-        <a:cs typeface="Helvetica Neue"/>
+        <a:latin typeface="Calibri"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Helvetica Neue"/>
-[...1 lines deleted...]
-        <a:cs typeface="Helvetica Neue"/>
+        <a:latin typeface="Cambria"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office Theme">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="100000"/>
                 <a:shade val="100000"/>
-                <a:satMod val="129999"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:shade val="100000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
         <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr">
               <a:shade val="95000"/>
-              <a:satMod val="104999"/>
+              <a:satMod val="105000"/>
             </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
         <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw sx="100000" sy="100000" kx="0" ky="0" algn="b" rotWithShape="0" blurRad="38100" dist="23000" dir="5400000">
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw sx="100000" sy="100000" kx="0" ky="0" algn="b" rotWithShape="0" blurRad="38100" dist="23000" dir="5400000">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...7 lines deleted...]
-          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="40000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="40000">
               <a:schemeClr val="phClr">
                 <a:tint val="45000"/>
                 <a:shade val="99000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="20000"/>
                 <a:satMod val="255000"/>
@@ -5845,909 +1956,66 @@
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults>
     <a:spDef>
-      <a:spPr>
-[...287 lines deleted...]
-      </a:lstStyle>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
       <a:style>
-        <a:lnRef idx="0"/>
-[...2 lines deleted...]
-        <a:fontRef idx="none"/>
+        <a:lnRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="3">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
       </a:style>
     </a:spDef>
     <a:lnDef>
-      <a:spPr>
-[...281 lines deleted...]
-      </a:lstStyle>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
       <a:style>
-        <a:lnRef idx="0"/>
-[...2 lines deleted...]
-        <a:fontRef idx="none"/>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
       </a:style>
     </a:lnDef>
-    <a:txDef>
-[...284 lines deleted...]
-    </a:txDef>
   </a:objectDefaults>
+  <a:extraClrSchemeLst/>
 </a:theme>
 </file>
-
-[...6 lines deleted...]
-</file>